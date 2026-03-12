--- v0 (2025-12-12)
+++ v1 (2026-03-12)
@@ -7,79 +7,73 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="64E46A18" w14:textId="77777777" w:rsidR="00647FDB" w:rsidRDefault="00647FDB" w:rsidP="00647FDB">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Template for writing a Cochrane Plain language summary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46264166" w14:textId="77777777" w:rsidR="00647FDB" w:rsidRDefault="00647FDB" w:rsidP="00647FDB">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02263098" w14:textId="1D1475D0" w:rsidR="00647FDB" w:rsidRDefault="00647FDB" w:rsidP="00647FDB">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Nicole Pitcher, Denise Mitchell</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Carolyn Hughes</w:t>
+        <w:t>Nicole Pitcher, Denise Mitchell, Carolyn Hughes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E22E980" w14:textId="77777777" w:rsidR="00647FDB" w:rsidRDefault="00647FDB" w:rsidP="00647FDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="962D91" w:themeColor="background2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="962D91" w:themeColor="background2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Version 1 January 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EBD23F8" w14:textId="77777777" w:rsidR="00647FDB" w:rsidRDefault="00647FDB" w:rsidP="00B03BC3">
       <w:pPr>
         <w:pStyle w:val="Introduction"/>
         <w:rPr>
@@ -184,145 +178,137 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170AE78B" w14:textId="77777777" w:rsidR="007A5FB6" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="00EC3448">
       <w:pPr>
         <w:pStyle w:val="Introduction"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00097BB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For more detailed guidance and examples, follow the links in the template. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18618A6D" w14:textId="582D8291" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="007A5FB6" w:rsidP="00EC3448">
-[...2 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="18618A6D" w14:textId="786E337D" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="007A5FB6" w:rsidP="006779B3">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="962D91" w:themeColor="background2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00097BB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">See also </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="page=21" w:history="1">
         <w:r w:rsidRPr="00097BB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>About Cochrane Plain language summaries</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00097BB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="page=23" w:history="1">
         <w:r w:rsidRPr="00097BB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>H</w:t>
         </w:r>
         <w:r w:rsidR="00B03BC3" w:rsidRPr="00097BB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ow to approach writing a Plain language summary</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B03BC3" w:rsidRPr="00097BB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="page=25" w:history="1">
         <w:r w:rsidR="00F3602D" w:rsidRPr="00097BB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>General a</w:t>
         </w:r>
         <w:r w:rsidR="00B03BC3" w:rsidRPr="00097BB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>dvice on writing in plain language</w:t>
+          <w:t xml:space="preserve">dvice on writing in plain </w:t>
+        </w:r>
+        <w:r w:rsidR="00B03BC3" w:rsidRPr="00097BB0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t>l</w:t>
+        </w:r>
+        <w:r w:rsidR="00B03BC3" w:rsidRPr="00097BB0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t>anguage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EC3448" w:rsidRPr="00097BB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710843A6" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="00EC3448">
       <w:pPr>
         <w:pStyle w:val="Introduction"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="962D91" w:themeColor="background2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65181F27" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="00B03BC3">
       <w:pPr>
         <w:pStyle w:val="Introduction"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00097BB0">
@@ -686,51 +672,50 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4673"/>
         <w:gridCol w:w="4955"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC3448" w:rsidRPr="00097BB0" w14:paraId="1E83DBCB" w14:textId="77777777" w:rsidTr="00311808">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5C45EA6D" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>How to use this template</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="013F388F" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="0078267A">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -835,72 +820,73 @@
           <w:p w14:paraId="73AA8196" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="0078267A">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">When you’ve written your text, copy and paste each section, with the heading, into Review Manager. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F3A5359" w14:textId="4B933C73" w:rsidR="00782E03" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="0078267A">
+          <w:p w14:paraId="6F3A5359" w14:textId="1F449945" w:rsidR="00782E03" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="0078267A">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">You may need to adjust the line spacing in Review Manager and </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:anchor="page=27" w:history="1">
               <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>format bullet points</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B9C60EA" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00782E03" w:rsidP="009437AB">
             <w:pPr>
@@ -1027,50 +1013,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3448" w:rsidRPr="00097BB0" w14:paraId="166814F7" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4393C9F2" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Write your PLS title here</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B72288" w14:textId="77777777" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00EC3448" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="NumberedParagraphs-MOH"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-GB"/>
@@ -1233,71 +1220,87 @@
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">: which works better to treat </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="666666" w:themeColor="accent5" w:themeShade="80"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>condition</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6890CF28" w14:textId="392E1E4C" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="6890CF28" w14:textId="3845F83A" w:rsidR="00EC3448" w:rsidRPr="00097BB0" w:rsidRDefault="002F5CD3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="NumberedParagraphs-MOH"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:anchor="page=8" w:history="1">
-              <w:r w:rsidR="002F5CD3" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>See section 2.1 for guidance on summary titles</w:t>
+                <w:t>See section 2.1 for guid</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00097BB0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>a</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00097BB0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>nce on summary titles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="7EE786E9" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31F8FCA2" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
@@ -1320,153 +1323,155 @@
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Write your text here</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="088CC66A" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA47F7E" w14:textId="4A37A0F5" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
+          <w:p w14:paraId="1BA47F7E" w14:textId="030AFBE2" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Add at least 2 and no more than 3 </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:anchor="page=27" w:history="1">
               <w:r w:rsidRPr="0004512C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
-                <w:t>bullet points</w:t>
+                <w:t>bullet poi</w:t>
+              </w:r>
+              <w:r w:rsidRPr="0004512C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidRPr="0004512C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>ts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> that summarize the main findings and implications of the review.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10BBB3FB" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Explain any technical terms that appear in the key messages.</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> The key messages will likely be read first and they might be the only part of the summary that some people read. Do not use any terms that your readers might not understand. Even if you explain those technical terms later in the summary, you should also explain them in the key messages.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BF4684C" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Do not make any recommendations about </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> a treatment should be used.</w:t>
+              <w:t>Do not make any recommendations about whether or not a treatment should be used.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="728BF94A" w14:textId="3C355187" w:rsidR="002F5CD3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="002F5CD3">
+          <w:p w14:paraId="728BF94A" w14:textId="2642D94F" w:rsidR="002F5CD3" w:rsidRPr="00097BB0" w:rsidRDefault="002F5CD3" w:rsidP="002F5CD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:anchor="page=8" w:history="1">
-              <w:r w:rsidR="002F5CD3" w:rsidRPr="000B4526">
+              <w:r w:rsidRPr="000B4526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>See section 2.2 for guidance on writing key messages</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="002F5CD3" w:rsidRPr="00097BB0">
+            <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="03828539" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="132FA2BE" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002D64" w:themeColor="text2"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
@@ -1594,51 +1599,50 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Make sure that you:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B7F9CBB" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
-              <w:lastRenderedPageBreak/>
               <w:t>avoid acronyms and abbreviations</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> (or introduce and explain them if you need to use them); and </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79AC985B" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:t>define any technical terms</w:t>
@@ -1745,58 +1749,67 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">is a [common/rare] condition that affects </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="696969" w:themeColor="accent3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>relevant part of the body</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>. It is caused by</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00115380" w:rsidRPr="00097BB0">
+              <w:t xml:space="preserve">. It </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>is caused by</w:t>
+            </w:r>
+            <w:r w:rsidR="00115380" w:rsidRPr="00097BB0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="696969" w:themeColor="accent3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>brief explanation of cause</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. People with </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="696969" w:themeColor="accent3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>condition</w:t>
@@ -1804,95 +1817,96 @@
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> [can] experience </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="696969" w:themeColor="accent3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>symptoms</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3867DC7D" w14:textId="7FD7F2F4" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="3867DC7D" w14:textId="63956E3C" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="002F5CD3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="962D91" w:themeColor="background2"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:anchor="page=10" w:history="1">
-              <w:r w:rsidR="002F5CD3" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>See section 2.3 for guidance on explaining the review topic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="01487855" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="413D9F11" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002D64" w:themeColor="text2"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002D64" w:themeColor="text2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Write your optional tailored heading here </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="740C3453" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Write your text here</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13405C9A" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
@@ -2092,61 +2106,61 @@
               <w:t>intervention a</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C67D993" w14:textId="5DC7E330" w:rsidR="00706B81" w:rsidRPr="00097BB0" w:rsidRDefault="00115380" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="1077" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="696969" w:themeColor="accent3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="696969" w:themeColor="accent3"/>
               </w:rPr>
               <w:t>intervention b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5712A4C8" w14:textId="056B99B2" w:rsidR="00706B81" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="5712A4C8" w14:textId="449EB6DA" w:rsidR="00706B81" w:rsidRPr="00097BB0" w:rsidRDefault="002F5CD3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="962D91" w:themeColor="background2"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:anchor="page=10" w:history="1">
-              <w:r w:rsidR="002F5CD3" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>See section 2.3 for guidance on explaining the review topic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="4895830A" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="543D0907" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -2350,64 +2364,64 @@
               </w:rPr>
               <w:t xml:space="preserve">We also wanted to find out if </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="666666" w:themeColor="accent5" w:themeShade="80"/>
               </w:rPr>
               <w:t>intervention a</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">was associated with any unwanted effects. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F645ECB" w14:textId="6183CA66" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="7F645ECB" w14:textId="1413D926" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="002F5CD3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="962D91" w:themeColor="background2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:anchor="page=10" w:history="1">
-              <w:r w:rsidR="002F5CD3" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>See section 2.3 for guidance on describing the review aims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="5066C089" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AD0F9C4" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="NumberedParagraphs-MOH"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
@@ -2586,73 +2600,72 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E29D96D" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="NumberedParagraphs-MOH"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:ind w:left="454"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">We compared and summarized the results of the studies and rated our confidence in the evidence, based on </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>factors such as study methods and sizes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1686E75E" w14:textId="0DDC6437" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="1686E75E" w14:textId="017CC091" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00C13E68" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:anchor="page=12" w:history="1">
-              <w:r w:rsidR="00C13E68" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>See section 2.4 for guidance on reporting review methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="78494E34" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10F53B3D" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2692,89 +2705,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18BFE8FF" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Write about:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="155A3B42" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="0078267A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:t xml:space="preserve">the main characteristics of the studies that were included in the </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>review.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A0046E" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Example of text you could use to report study characteristics:</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D6C54E" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1080"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">We found </w:t>
@@ -2910,98 +2925,99 @@
               <w:t>report summary statistics and confidence intervals</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5750EFCA" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>use ‘low-/moderate-/high-certainty evidence’.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04B39434" w14:textId="54FDA414" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="04B39434" w14:textId="19DA45FA" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00C13E68" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="962D91" w:themeColor="background2"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:anchor="page=13" w:history="1">
-              <w:r w:rsidR="00C13E68" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>See section 2.5 for guidance on reporting results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="6220A599" w14:textId="77777777" w:rsidTr="00A63341">
         <w:trPr>
           <w:trHeight w:val="1130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F4A0D63" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Main results</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(optional heading)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FDC3BBE" w14:textId="4C8C3153" w:rsidR="00A63341" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -3013,61 +3029,61 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Write your text here</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8B7BD4" w14:textId="5F21E19A" w:rsidR="00A26F1B" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Add another heading to present your results if you need to.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="641A5AF7" w14:textId="6E652812" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="641A5AF7" w14:textId="5F7D7F10" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00C13E68" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="962D91" w:themeColor="background2"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:anchor="page=13" w:history="1">
-              <w:r w:rsidR="00C13E68" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>See section 2.5 for guidance on reporting results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="51EA99D9" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="197DBFB1" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3185,61 +3201,61 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>bias’</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or ‘low-certainty evidence’. </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>See full guidance for ways to express the limitations of the evidence in plain language.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E565AE9" w14:textId="7B405734" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="7E565AE9" w14:textId="15F63F97" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00C13E68" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:anchor="page=17" w:history="1">
-              <w:r w:rsidR="00C13E68" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>See section 2.6 for guidance on expressing limitations of the evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w14:paraId="31EB45E8" w14:textId="77777777" w:rsidTr="00A46826">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="301D07C1" w14:textId="77777777" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3" w:rsidP="009437AB">
             <w:pPr>
               <w:pStyle w:val="Introduction"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -3336,222 +3352,251 @@
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[This review updates our previous review.] The evidence is up to date to </w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="666666" w:themeColor="accent5" w:themeShade="80"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>month and year of search</w:t>
             </w:r>
             <w:r w:rsidRPr="00097BB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66B7BD6F" w14:textId="663D67E7" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00046710" w:rsidP="009437AB">
+          <w:p w14:paraId="66B7BD6F" w14:textId="6F737EA2" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00C13E68" w:rsidP="009437AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:anchor="page=20" w:history="1">
-              <w:r w:rsidR="00C13E68" w:rsidRPr="00097BB0">
+              <w:r w:rsidRPr="00097BB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>See section 2.7 for guidance on reporting search dates</w:t>
+                <w:t>See section 2.7 for guida</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00097BB0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00097BB0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ce on re</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00097BB0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>p</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00097BB0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>orting search dates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29E5B56A" w14:textId="636DC25A" w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidRDefault="00B03BC3">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="962D91" w:themeColor="background2"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B03BC3" w:rsidRPr="00097BB0" w:rsidSect="00AD3DE2">
       <w:headerReference w:type="even" r:id="rId25"/>
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:headerReference w:type="first" r:id="rId28"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="680" w:footer="624" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B8D2642" w14:textId="77777777" w:rsidR="00046710" w:rsidRDefault="00046710" w:rsidP="001440A0">
+    <w:p w14:paraId="627AE441" w14:textId="77777777" w:rsidR="00D405AF" w:rsidRDefault="00D405AF" w:rsidP="001440A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31F652C4" w14:textId="77777777" w:rsidR="00046710" w:rsidRDefault="00046710" w:rsidP="001440A0">
+    <w:p w14:paraId="77F53722" w14:textId="77777777" w:rsidR="00D405AF" w:rsidRDefault="00D405AF" w:rsidP="001440A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
     <w:altName w:val="Source Sans Pro"/>
+    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro SemiBold">
+    <w:panose1 w:val="020B0603030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="409049946"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="48898357" w14:textId="77777777" w:rsidR="0045602B" w:rsidRDefault="0045602B" w:rsidP="00B53156">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -3569,67 +3614,62 @@
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5E806AB5" w14:textId="77777777" w:rsidR="0045602B" w:rsidRPr="00F844A2" w:rsidRDefault="0045602B" w:rsidP="007C54B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1173"/>
       </w:tabs>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="1233430818"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="647FE5BB" w14:textId="77777777" w:rsidR="00606D2E" w:rsidRDefault="00606D2E" w:rsidP="00B53156">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -3647,116 +3687,116 @@
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="199D1904" w14:textId="77777777" w:rsidR="00606D2E" w:rsidRPr="00F844A2" w:rsidRDefault="00606D2E" w:rsidP="007C54B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1173"/>
       </w:tabs>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D57EC4F" w14:textId="77777777" w:rsidR="00046710" w:rsidRDefault="00046710" w:rsidP="001440A0">
+    <w:p w14:paraId="49A8A3F3" w14:textId="77777777" w:rsidR="00D405AF" w:rsidRDefault="00D405AF" w:rsidP="001440A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D6DAD27" w14:textId="77777777" w:rsidR="00046710" w:rsidRDefault="00046710" w:rsidP="001440A0">
+    <w:p w14:paraId="4185A046" w14:textId="77777777" w:rsidR="00D405AF" w:rsidRDefault="00D405AF" w:rsidP="001440A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5670CDD8" w14:textId="5E6FBB86" w:rsidR="0045602B" w:rsidRPr="00604B05" w:rsidRDefault="00647FDB" w:rsidP="009B47FC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="696969" w:themeColor="accent3"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="002D64" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="002D64" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Template</w:t>
     </w:r>
     <w:r w:rsidR="0045602B">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="002D64" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> for writing a Cochrane Plain language summary</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FCE5827" w14:textId="77777777" w:rsidR="00606D2E" w:rsidRDefault="002D5716">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3D38F1A7" wp14:editId="4C9B5CB9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="6471285" cy="2157095"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="WordArt 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -3854,87 +3894,87 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Source Sans Pro SemiBold" w:eastAsia="Source Sans Pro SemiBold" w:hAnsi="Source Sans Pro SemiBold"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>DRAFT</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4ECEC571" w14:textId="77777777" w:rsidR="00606D2E" w:rsidRPr="00604B05" w:rsidRDefault="00606D2E" w:rsidP="009B47FC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="696969" w:themeColor="accent3"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="002D64" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:color w:val="002D64" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Guidance for writing a Cochrane Plain language summary</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B84664F" w14:textId="77777777" w:rsidR="00606D2E" w:rsidRDefault="002D5716">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7F4102DD" wp14:editId="7C17DA6F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="6471285" cy="2157095"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="WordArt 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -4032,51 +4072,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Source Sans Pro SemiBold" w:eastAsia="Source Sans Pro SemiBold" w:hAnsi="Source Sans Pro SemiBold"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>DRAFT</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0299477F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B8E707E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10611,57 +10651,57 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1493375121">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="805900420">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1138692104">
     <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="NumberedParagraphs-MOH"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="851" w:hanging="851"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:pStyle w:val="ReportBody2-MOH"/>
         <w:lvlText w:val="%2."/>
@@ -10773,234 +10813,234 @@
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="right"/>
         <w:pPr>
           <w:ind w:left="6120" w:hanging="180"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="109788724">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="457914406">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1111434526">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="376928149">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1874920180">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1662654371">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1136097505">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1949459384">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1395470453">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1900166089">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="107700897">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1044601451">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="753018812">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1268542186">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2024041340">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="620304979">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="895701220">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="2000572811">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1568955844">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1529098150">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="898440051">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1268271480">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="773480832">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="517426384">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1438258913">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1124008009">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="972293948">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="857353849">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1673601804">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="695497426">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1772504890">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1989018054">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="202057920">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="962812463">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="827089109">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="624042572">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="616372890">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1792434661">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="489904870">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1108358018">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1654917948">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="286589254">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="342439386">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="1454713782">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="674843432">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="742795958">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="50">
+  <w:num w:numId="50" w16cid:durableId="1121726889">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="51">
+  <w:num w:numId="51" w16cid:durableId="1962152962">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="52">
+  <w:num w:numId="52" w16cid:durableId="1079014520">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="53">
+  <w:num w:numId="53" w16cid:durableId="529614516">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="54">
+  <w:num w:numId="54" w16cid:durableId="216597783">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="55">
+  <w:num w:numId="55" w16cid:durableId="1508596075">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="56">
+  <w:num w:numId="56" w16cid:durableId="95059796">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="57">
+  <w:num w:numId="57" w16cid:durableId="1627076517">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="58">
+  <w:num w:numId="58" w16cid:durableId="332994801">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="da-DK" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-NZ" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="da-DK" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -11468,85 +11508,87 @@
     <w:rsid w:val="006400BD"/>
     <w:rsid w:val="0064088E"/>
     <w:rsid w:val="0064144E"/>
     <w:rsid w:val="00641A18"/>
     <w:rsid w:val="00642AA3"/>
     <w:rsid w:val="00643C86"/>
     <w:rsid w:val="00645C09"/>
     <w:rsid w:val="00646C3F"/>
     <w:rsid w:val="00647FDB"/>
     <w:rsid w:val="00650D93"/>
     <w:rsid w:val="00651031"/>
     <w:rsid w:val="00655326"/>
     <w:rsid w:val="0065546F"/>
     <w:rsid w:val="00655FD6"/>
     <w:rsid w:val="00661509"/>
     <w:rsid w:val="00662C92"/>
     <w:rsid w:val="00662E9A"/>
     <w:rsid w:val="006648F9"/>
     <w:rsid w:val="006658B4"/>
     <w:rsid w:val="00666A8D"/>
     <w:rsid w:val="006675A2"/>
     <w:rsid w:val="0067140C"/>
     <w:rsid w:val="00671A25"/>
     <w:rsid w:val="00672FE6"/>
     <w:rsid w:val="0067773F"/>
+    <w:rsid w:val="006779B3"/>
     <w:rsid w:val="00681A45"/>
     <w:rsid w:val="006831EC"/>
     <w:rsid w:val="00683F48"/>
     <w:rsid w:val="00685D73"/>
     <w:rsid w:val="00687D38"/>
     <w:rsid w:val="00690A35"/>
     <w:rsid w:val="00690ECB"/>
     <w:rsid w:val="006924FC"/>
     <w:rsid w:val="006926DD"/>
     <w:rsid w:val="00692D33"/>
     <w:rsid w:val="00695F68"/>
     <w:rsid w:val="00696035"/>
     <w:rsid w:val="00696EAE"/>
     <w:rsid w:val="0069709A"/>
     <w:rsid w:val="00697E5B"/>
     <w:rsid w:val="006A19E1"/>
     <w:rsid w:val="006A24F4"/>
     <w:rsid w:val="006A5A0A"/>
     <w:rsid w:val="006A6AA3"/>
     <w:rsid w:val="006B08B8"/>
     <w:rsid w:val="006B29CC"/>
     <w:rsid w:val="006B53BD"/>
     <w:rsid w:val="006B791B"/>
     <w:rsid w:val="006C1B43"/>
     <w:rsid w:val="006C5C52"/>
     <w:rsid w:val="006C619B"/>
     <w:rsid w:val="006C7918"/>
     <w:rsid w:val="006D763E"/>
     <w:rsid w:val="006D7AD4"/>
     <w:rsid w:val="006E37BF"/>
     <w:rsid w:val="006E3A4A"/>
     <w:rsid w:val="006E55C4"/>
     <w:rsid w:val="006E5F76"/>
     <w:rsid w:val="006E6B99"/>
     <w:rsid w:val="006E7132"/>
+    <w:rsid w:val="006F1051"/>
     <w:rsid w:val="006F193A"/>
     <w:rsid w:val="006F6A3A"/>
     <w:rsid w:val="006F72A1"/>
     <w:rsid w:val="007008B2"/>
     <w:rsid w:val="00700EBF"/>
     <w:rsid w:val="007010D8"/>
     <w:rsid w:val="007010E6"/>
     <w:rsid w:val="00706B81"/>
     <w:rsid w:val="00710AFD"/>
     <w:rsid w:val="007114E5"/>
     <w:rsid w:val="00713AE7"/>
     <w:rsid w:val="00714CFD"/>
     <w:rsid w:val="00717758"/>
     <w:rsid w:val="00723E66"/>
     <w:rsid w:val="007251B6"/>
     <w:rsid w:val="00731EB1"/>
     <w:rsid w:val="007328C9"/>
     <w:rsid w:val="007429A2"/>
     <w:rsid w:val="0074376E"/>
     <w:rsid w:val="00743913"/>
     <w:rsid w:val="00743B98"/>
     <w:rsid w:val="00746AC8"/>
     <w:rsid w:val="00746ACC"/>
     <w:rsid w:val="00746C8B"/>
     <w:rsid w:val="0074747D"/>
@@ -11954,100 +11996,103 @@
     <w:rsid w:val="00C47D59"/>
     <w:rsid w:val="00C525CE"/>
     <w:rsid w:val="00C55260"/>
     <w:rsid w:val="00C60D56"/>
     <w:rsid w:val="00C612FE"/>
     <w:rsid w:val="00C615D8"/>
     <w:rsid w:val="00C6474A"/>
     <w:rsid w:val="00C7166D"/>
     <w:rsid w:val="00C74175"/>
     <w:rsid w:val="00C74BE0"/>
     <w:rsid w:val="00C758A9"/>
     <w:rsid w:val="00C763DD"/>
     <w:rsid w:val="00C81F78"/>
     <w:rsid w:val="00C85A11"/>
     <w:rsid w:val="00C87511"/>
     <w:rsid w:val="00C8759E"/>
     <w:rsid w:val="00C9092B"/>
     <w:rsid w:val="00C909AD"/>
     <w:rsid w:val="00C913BB"/>
     <w:rsid w:val="00C915FF"/>
     <w:rsid w:val="00C91D66"/>
     <w:rsid w:val="00C9336E"/>
     <w:rsid w:val="00C9662F"/>
     <w:rsid w:val="00C97601"/>
     <w:rsid w:val="00CA0197"/>
+    <w:rsid w:val="00CA1A24"/>
     <w:rsid w:val="00CA25A4"/>
     <w:rsid w:val="00CA597D"/>
     <w:rsid w:val="00CA6E83"/>
     <w:rsid w:val="00CB0C79"/>
     <w:rsid w:val="00CB0E75"/>
     <w:rsid w:val="00CB190F"/>
     <w:rsid w:val="00CB4297"/>
     <w:rsid w:val="00CB5821"/>
     <w:rsid w:val="00CB6600"/>
     <w:rsid w:val="00CC16FE"/>
     <w:rsid w:val="00CC2826"/>
     <w:rsid w:val="00CC3450"/>
     <w:rsid w:val="00CC4151"/>
     <w:rsid w:val="00CC6C54"/>
+    <w:rsid w:val="00CC6F1C"/>
     <w:rsid w:val="00CC7A48"/>
     <w:rsid w:val="00CD1C05"/>
     <w:rsid w:val="00CD2F10"/>
     <w:rsid w:val="00CD4D3B"/>
     <w:rsid w:val="00CD6121"/>
     <w:rsid w:val="00CE03AD"/>
     <w:rsid w:val="00CE0954"/>
     <w:rsid w:val="00CE2259"/>
     <w:rsid w:val="00CE2B32"/>
     <w:rsid w:val="00CE4C55"/>
     <w:rsid w:val="00CE567A"/>
     <w:rsid w:val="00CE5BE8"/>
     <w:rsid w:val="00CE6039"/>
     <w:rsid w:val="00CE6FC0"/>
     <w:rsid w:val="00CF47C6"/>
     <w:rsid w:val="00CF5606"/>
     <w:rsid w:val="00CF5F92"/>
     <w:rsid w:val="00D004F7"/>
     <w:rsid w:val="00D02728"/>
     <w:rsid w:val="00D027A5"/>
     <w:rsid w:val="00D03331"/>
     <w:rsid w:val="00D03A3D"/>
     <w:rsid w:val="00D0480B"/>
     <w:rsid w:val="00D068F0"/>
     <w:rsid w:val="00D12E2C"/>
     <w:rsid w:val="00D14778"/>
     <w:rsid w:val="00D15B73"/>
     <w:rsid w:val="00D17963"/>
     <w:rsid w:val="00D21E5D"/>
     <w:rsid w:val="00D238DD"/>
     <w:rsid w:val="00D2644F"/>
     <w:rsid w:val="00D26785"/>
     <w:rsid w:val="00D31E6F"/>
     <w:rsid w:val="00D356BF"/>
     <w:rsid w:val="00D377E0"/>
     <w:rsid w:val="00D37941"/>
+    <w:rsid w:val="00D405AF"/>
     <w:rsid w:val="00D44EE9"/>
     <w:rsid w:val="00D4703F"/>
     <w:rsid w:val="00D50387"/>
     <w:rsid w:val="00D51649"/>
     <w:rsid w:val="00D5218B"/>
     <w:rsid w:val="00D54281"/>
     <w:rsid w:val="00D54446"/>
     <w:rsid w:val="00D55A83"/>
     <w:rsid w:val="00D631AC"/>
     <w:rsid w:val="00D634AD"/>
     <w:rsid w:val="00D63907"/>
     <w:rsid w:val="00D65794"/>
     <w:rsid w:val="00D66D54"/>
     <w:rsid w:val="00D709E7"/>
     <w:rsid w:val="00D736D9"/>
     <w:rsid w:val="00D74846"/>
     <w:rsid w:val="00D762A6"/>
     <w:rsid w:val="00D76E0F"/>
     <w:rsid w:val="00D772B4"/>
     <w:rsid w:val="00D812BD"/>
     <w:rsid w:val="00D846BE"/>
     <w:rsid w:val="00D84FC4"/>
     <w:rsid w:val="00D853CA"/>
     <w:rsid w:val="00D91674"/>
     <w:rsid w:val="00D91E36"/>
@@ -12246,51 +12291,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="788C7F9C"/>
   <w15:docId w15:val="{C9741F82-8866-064C-A132-0A54E6FB7D76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
@@ -12707,51 +12752,50 @@
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00511BE7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="002D64" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -13516,51 +13560,51 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00001B37"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="31393634">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="58288369">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15663,51 +15707,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2145998993">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/system/files/uploads/protected_file/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/system/files/filealias/GUIDAN~1.PDF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Cochrane">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="002D64"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="962D91"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="002D64"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="962D91"/>
       </a:accent2>
       <a:accent3>
@@ -15934,69 +15978,69 @@
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE1EF65-A991-4F55-88E1-C2C668469E83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1114</Words>
-  <Characters>6355</Characters>
+  <Words>1072</Words>
+  <Characters>6112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
+  <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7455</CharactersWithSpaces>
+  <CharactersWithSpaces>7170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Denise Mitchell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>